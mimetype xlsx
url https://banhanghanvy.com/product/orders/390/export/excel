--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hoa Don" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>CÔNG TY TNHH SX-TM MP HÂN VY</t>
   </si>
   <si>
     <t>A DẦN TP</t>
   </si>
   <si>
     <t>Địa chỉ: 35 Tam Hà, Phường Tam Phú, Quận Thủ Đức, TPHCM</t>
   </si>
   <si>
     <t>Điện Thoại: (84-8) 3.986.1237 - Fax: (84-8) 3.729.6239</t>
   </si>
   <si>
     <t>Ngày: 13-01-2026</t>
   </si>
   <si>
     <t>Điện Thoại tư vấn: 0982.368.376 - 0937.368.376</t>
   </si>
   <si>
     <t>HĐ Số: 390</t>
   </si>
   <si>
     <t>HÓA ĐƠN GỞI HÀNG</t>
   </si>
   <si>
@@ -107,78 +107,96 @@
   <si>
     <t>23,200</t>
   </si>
   <si>
     <t>6,960,000</t>
   </si>
   <si>
     <t xml:space="preserve">hũ kem mụn nám trắng da giảm nhờn  tím </t>
   </si>
   <si>
     <t>15G</t>
   </si>
   <si>
     <t>60,000</t>
   </si>
   <si>
     <t>2,160,000</t>
   </si>
   <si>
     <t xml:space="preserve">hũ kem dưỡng trắng tái tạo da  hồng </t>
   </si>
   <si>
     <t>ZORIN</t>
   </si>
   <si>
+    <t xml:space="preserve">hũ kem ngừa nám tàn nhang đồi mồi  xanh </t>
+  </si>
+  <si>
+    <t>OREAM</t>
+  </si>
+  <si>
+    <t>16,800</t>
+  </si>
+  <si>
+    <t>1,008,000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">hũ kem ngừa mụn ngừa thâm giảm nhờn cam </t>
+  </si>
+  <si>
+    <t>4,233,600</t>
+  </si>
+  <si>
     <t>Giá chưa chiết khấu</t>
   </si>
   <si>
-    <t>22,800,000</t>
+    <t>28,041,600</t>
   </si>
   <si>
     <t>Giá đã chiết khấu</t>
   </si>
   <si>
-    <t>19,380,000</t>
+    <t>23,835,400</t>
   </si>
   <si>
     <t>Nợ cũ</t>
   </si>
   <si>
     <t>496,222,890</t>
   </si>
   <si>
     <t>Thanh toán</t>
   </si>
   <si>
     <t>Trả hàng</t>
   </si>
   <si>
     <t>Còn lại</t>
   </si>
   <si>
-    <t>515,602,890</t>
+    <t>520,058,290</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
@@ -544,54 +562,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G18"/>
+  <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E18" sqref="E18"/>
+      <selection activeCell="E20" sqref="E20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" customHeight="1" ht="18">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="18">
@@ -758,152 +776,198 @@
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="18">
       <c r="A11" s="2">
         <v>4</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E11" s="2">
         <v>36</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
-[...4 lines deleted...]
-      <c r="E13" s="5" t="s">
+    <row r="12" spans="1:7" customHeight="1" ht="18">
+      <c r="A12" s="2">
+        <v>5</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="F13" s="5"/>
-      <c r="G13" s="6" t="s">
+      <c r="C12" s="2" t="s">
         <v>32</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="E14" s="5" t="s">
+      <c r="D12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="2">
+        <v>60</v>
+      </c>
+      <c r="F12" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="F14" s="5"/>
-      <c r="G14" s="6" t="s">
+      <c r="G12" s="4" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" customHeight="1" ht="18">
+      <c r="A13" s="2">
+        <v>6</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" s="2">
+        <v>252</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F15" s="5"/>
       <c r="G15" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1"/>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F16" s="5"/>
-      <c r="G16" s="6">
-        <v>0</v>
+      <c r="G16" s="6" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1"/>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F17" s="5"/>
-      <c r="G17" s="6">
-        <v>0</v>
+      <c r="G17" s="6" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1"/>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="5" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F18" s="5"/>
-      <c r="G18" s="6" t="s">
-        <v>40</v>
+      <c r="G18" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="1"/>
+      <c r="B19" s="1"/>
+      <c r="C19" s="1"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="5"/>
+      <c r="G19" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F20" s="5"/>
+      <c r="G20" s="6" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="A5:G5"/>
-    <mergeCell ref="A13:D13"/>
-[...2 lines deleted...]
-    <mergeCell ref="E14:F14"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="E16:F16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="E17:F17"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="E18:F18"/>
+    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="A20:D20"/>
+    <mergeCell ref="E20:F20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>