--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hoa Don" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>CÔNG TY TNHH SX-TM MP HÂN VY</t>
   </si>
   <si>
     <t>A DUY  HỐC MÔN   22222</t>
   </si>
   <si>
     <t>Địa chỉ: 35 Tam Hà, Phường Tam Phú, Quận Thủ Đức, TPHCM</t>
   </si>
   <si>
     <t>Điện Thoại: (84-8) 3.986.1237 - Fax: (84-8) 3.729.6239</t>
   </si>
   <si>
     <t>Ngày: 13-01-2026</t>
   </si>
   <si>
     <t>Điện Thoại tư vấn: 0982.368.376 - 0937.368.376</t>
   </si>
   <si>
     <t>HĐ Số: 389</t>
   </si>
   <si>
     <t>HÓA ĐƠN GỞI HÀNG</t>
   </si>
   <si>
@@ -89,57 +89,60 @@
   <si>
     <t>18G</t>
   </si>
   <si>
     <t>1,600,000</t>
   </si>
   <si>
     <t>8,000,000</t>
   </si>
   <si>
     <t>Giá chưa chiết khấu</t>
   </si>
   <si>
     <t>Giá đã chiết khấu</t>
   </si>
   <si>
     <t>Nợ cũ</t>
   </si>
   <si>
     <t>66,060,001</t>
   </si>
   <si>
     <t>Thanh toán</t>
   </si>
   <si>
+    <t>12,000,000</t>
+  </si>
+  <si>
     <t>Trả hàng</t>
   </si>
   <si>
     <t>Còn lại</t>
   </si>
   <si>
-    <t>74,060,001</t>
+    <t>62,060,001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
@@ -675,78 +678,78 @@
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="5"/>
       <c r="G11" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="5" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="5"/>
-      <c r="G12" s="6">
-        <v>0</v>
+      <c r="G12" s="6" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F13" s="5"/>
       <c r="G13" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F14" s="5"/>
       <c r="G14" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="A14:D14"/>