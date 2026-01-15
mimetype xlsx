--- v0 (2025-11-21)
+++ v1 (2026-01-15)
@@ -227,66 +227,66 @@
   <si>
     <t>TODAY</t>
   </si>
   <si>
     <t>276,000</t>
   </si>
   <si>
     <t>1,380,000</t>
   </si>
   <si>
     <t>Giá chưa chiết khấu</t>
   </si>
   <si>
     <t>55,988,000</t>
   </si>
   <si>
     <t>Giá đã chiết khấu</t>
   </si>
   <si>
     <t>50,389,200</t>
   </si>
   <si>
     <t>Nợ cũ</t>
   </si>
   <si>
-    <t>284,832,329</t>
+    <t>281,520,329</t>
   </si>
   <si>
     <t>Thanh toán</t>
   </si>
   <si>
     <t>50,389,000</t>
   </si>
   <si>
     <t>Trả hàng</t>
   </si>
   <si>
     <t>Còn lại</t>
   </si>
   <si>
-    <t>234,443,529</t>
+    <t>231,131,529</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>