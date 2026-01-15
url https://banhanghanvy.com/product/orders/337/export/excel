--- v0 (2025-11-21)
+++ v1 (2026-01-15)
@@ -104,57 +104,57 @@
   <si>
     <t>75,000</t>
   </si>
   <si>
     <t>450,000</t>
   </si>
   <si>
     <t>Giá chưa chiết khấu</t>
   </si>
   <si>
     <t>588,000</t>
   </si>
   <si>
     <t>Giá đã chiết khấu</t>
   </si>
   <si>
     <t>Nợ cũ</t>
   </si>
   <si>
     <t>10,462,001</t>
   </si>
   <si>
     <t>Thanh toán</t>
   </si>
   <si>
+    <t>11,050,000</t>
+  </si>
+  <si>
     <t>Trả hàng</t>
   </si>
   <si>
     <t>Còn lại</t>
-  </si>
-[...1 lines deleted...]
-    <t>11,050,001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
@@ -713,78 +713,78 @@
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F12" s="5"/>
       <c r="G12" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F13" s="5"/>
-      <c r="G13" s="6">
-        <v>0</v>
+      <c r="G13" s="6" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F14" s="5"/>
       <c r="G14" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F15" s="5"/>
-      <c r="G15" s="6" t="s">
-        <v>32</v>
+      <c r="G15" s="6">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="E14:F14"/>
     <mergeCell ref="A15:D15"/>