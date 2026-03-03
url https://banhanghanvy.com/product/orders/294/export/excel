--- v0 (2025-11-21)
+++ v1 (2026-03-03)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hoa Don" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>CÔNG TY TNHH SX-TM MP HÂN VY</t>
   </si>
   <si>
-    <t>338  CHI LOAN BĐ</t>
+    <t>338  CHI LOAN</t>
   </si>
   <si>
     <t>Địa chỉ: 35 Tam Hà, Phường Tam Phú, Quận Thủ Đức, TPHCM</t>
   </si>
   <si>
     <t>Điện Thoại: (84-8) 3.986.1237 - Fax: (84-8) 3.729.6239</t>
   </si>
   <si>
     <t>Ngày: 22-10-2025</t>
   </si>
   <si>
     <t>Điện Thoại tư vấn: 0982.368.376 - 0937.368.376</t>
   </si>
   <si>
     <t>HĐ Số: 294</t>
   </si>
   <si>
     <t>HÓA ĐƠN GỞI HÀNG</t>
   </si>
   <si>
     <t>STT</t>
   </si>
   <si>
     <t>TÊN SẢN PHẨM</t>
   </si>