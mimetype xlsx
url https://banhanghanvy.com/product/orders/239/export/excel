--- v0 (2025-11-21)
+++ v1 (2026-01-15)
@@ -200,78 +200,78 @@
   <si>
     <t>GIACOS</t>
   </si>
   <si>
     <t>85,000</t>
   </si>
   <si>
     <t>2,040,000</t>
   </si>
   <si>
     <t>hũ kem giảm nhăn ngừa nám tàn nhang đồi mồi   trắng</t>
   </si>
   <si>
     <t>hũkem dưỡng trắng  da giảm nhăn   tím</t>
   </si>
   <si>
     <t>BÔNG HỒNG ĐỎ - ĐEN</t>
   </si>
   <si>
     <t>TODAY</t>
   </si>
   <si>
     <t>552,000</t>
   </si>
   <si>
-    <t>6,624,000</t>
+    <t>3,312,000</t>
   </si>
   <si>
     <t>Giá chưa chiết khấu</t>
   </si>
   <si>
-    <t>65,220,000</t>
+    <t>61,908,000</t>
   </si>
   <si>
     <t>Giá đã chiết khấu</t>
   </si>
   <si>
     <t>Nợ cũ</t>
   </si>
   <si>
     <t>219,612,329</t>
   </si>
   <si>
     <t>Thanh toán</t>
   </si>
   <si>
     <t>Trả hàng</t>
   </si>
   <si>
     <t>Còn lại</t>
   </si>
   <si>
-    <t>284,832,329</t>
+    <t>281,520,329</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times News Roman"/>
@@ -1095,51 +1095,51 @@
       </c>
       <c r="E21" s="2">
         <v>24</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>55</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="18">
       <c r="A22" s="2">
         <v>15</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E22" s="2">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>61</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1"/>
       <c r="B24" s="1"/>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="5" t="s">
         <v>63</v>
       </c>
       <c r="F24" s="5"/>
       <c r="G24" s="6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1"/>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>